--- v0 (2025-12-05)
+++ v1 (2026-01-02)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -86,51 +87,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C3EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Prezados(as) editor</w:t>
       </w:r>
       <w:r w:rsidR="004E560F" w:rsidRPr="002C3EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>es(as),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6DD59E" w14:textId="51EA2F8E" w:rsidR="004E560F" w:rsidRPr="002C3EAB" w:rsidRDefault="004E560F" w:rsidP="00316B0A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F1B0D1D" w14:textId="1C75DBF9" w:rsidR="004E560F" w:rsidRPr="002C3EAB" w:rsidRDefault="004E560F" w:rsidP="004D7920">
+    <w:p w14:paraId="4F1B0D1D" w14:textId="2B9A410D" w:rsidR="004E560F" w:rsidRPr="002C3EAB" w:rsidRDefault="004E560F" w:rsidP="004D7920">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C3EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Submeto(emos)</w:t>
       </w:r>
       <w:r w:rsidR="005A379A" w:rsidRPr="002C3EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> o manuscrito </w:t>
       </w:r>
       <w:r w:rsidR="00D467C0" w:rsidRPr="002C3EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
@@ -589,115 +590,172 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00C12D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>RCID</w:t>
       </w:r>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F49214" w14:textId="40897B90" w:rsidR="00111CA8" w:rsidRDefault="00111CA8" w:rsidP="00A956D6">
+    <w:p w14:paraId="71F49214" w14:textId="5CA366F5" w:rsidR="00111CA8" w:rsidRDefault="00111CA8" w:rsidP="00A956D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Escolari</w:t>
       </w:r>
       <w:r w:rsidR="00F373CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>dade</w:t>
       </w:r>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="1594048353"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001C7F68">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Graduação</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incompleta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-59866762"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00C12D8B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C12D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA301E" w:rsidRPr="00CA301E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Graduação </w:t>
+        <w:t>Graduação</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Completa</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA301E" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="1407880695"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00C12D8B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA301E" w:rsidRPr="00CA301E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -716,50 +774,78 @@
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00C12D8B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C12D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA301E" w:rsidRPr="00CA301E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Doutorado</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="525FEC3C" w14:textId="2A19B5D0" w:rsidR="001C7F68" w:rsidRDefault="001C7F68" w:rsidP="00A956D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de celular do(a) primeiro(a) autor(a): </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____ - _____</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="3A43677B" w14:textId="77777777" w:rsidR="00111CA8" w:rsidRDefault="00111CA8" w:rsidP="00525CC4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="359B3C52" w14:textId="16F46E97" w:rsidR="00525CC4" w:rsidRDefault="00111CA8" w:rsidP="00A956D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome </w:t>
       </w:r>
       <w:r w:rsidR="00525CC4" w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -813,395 +899,514 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00C12D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>RCID</w:t>
       </w:r>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0B300C" w14:textId="77777777" w:rsidR="00C12D8B" w:rsidRDefault="00C12D8B" w:rsidP="00C12D8B">
+    <w:p w14:paraId="0C0B300C" w14:textId="4F722693" w:rsidR="00C12D8B" w:rsidRDefault="00C12D8B" w:rsidP="00C12D8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Escolari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>dade</w:t>
       </w:r>
       <w:r w:rsidRPr="004A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:id w:val="-1238011530"/>
+          <w:id w:val="-1842310514"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="001C7F68">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="001C7F68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA301E">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Graduação </w:t>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Graduação</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incompleta</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:id w:val="212704782"/>
+          <w:id w:val="-1618978520"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="001C7F68">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00CA301E">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Mestrado </w:t>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Graduação</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Completa</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:id w:val="-324439857"/>
+          <w:id w:val="-1452548056"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="001C7F68">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...140 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mestrado </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:id w:val="64306541"/>
+          <w:id w:val="-1097247012"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="001C7F68">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Doutorado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2F1A14" w14:textId="77777777" w:rsidR="00316B0A" w:rsidRDefault="00316B0A" w:rsidP="00CA301E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A37CF55" w14:textId="156BED2E" w:rsidR="00525CC4" w:rsidRDefault="00111CA8" w:rsidP="00A956D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome </w:t>
+      </w:r>
+      <w:r w:rsidR="00525CC4" w:rsidRPr="004A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autor(a) 3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DE28D0" w14:textId="77777777" w:rsidR="00554ED6" w:rsidRPr="004A43C9" w:rsidRDefault="00554ED6" w:rsidP="00A956D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t>Instituição:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED1F035" w14:textId="77777777" w:rsidR="00900DFD" w:rsidRPr="004A43C9" w:rsidRDefault="00900DFD" w:rsidP="00A956D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Email:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F14BC4D" w14:textId="77777777" w:rsidR="00111CA8" w:rsidRPr="004A43C9" w:rsidRDefault="00111CA8" w:rsidP="00A956D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Link do Lattes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6988A578" w14:textId="4645436B" w:rsidR="00111CA8" w:rsidRPr="004A43C9" w:rsidRDefault="00111CA8" w:rsidP="00A956D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>RCID</w:t>
+      </w:r>
+      <w:r w:rsidR="00F373CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640BF862" w14:textId="13845493" w:rsidR="00C12D8B" w:rsidRDefault="00C12D8B" w:rsidP="00C12D8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Escolari</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Graduação </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:id w:val="-594784332"/>
+          <w:id w:val="1348984421"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="001C7F68">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00CA301E">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Mestrado </w:t>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Graduação</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incompleta</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:id w:val="-176969152"/>
+          <w:id w:val="632209534"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="001C7F68">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="001C7F68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA301E">
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Graduação</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Completa</w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="236986807"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001C7F68">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mestrado </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="-1358038148"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001C7F68">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="001C7F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C7F68" w:rsidRPr="00CA301E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Doutorado</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A03E1E2" w14:textId="77777777" w:rsidR="004625AA" w:rsidRDefault="004625AA" w:rsidP="00C12D8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EFE46F3" w14:textId="03314C46" w:rsidR="004625AA" w:rsidRDefault="00E42C13" w:rsidP="00962EA0">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1664,61 +1869,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[LOCAL E DATA]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AC6116" w:rsidRPr="00E33D30" w:rsidSect="004A5C03">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="454" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77CCDDC4" w14:textId="77777777" w:rsidR="00216C44" w:rsidRDefault="00216C44" w:rsidP="00E33D30">
+    <w:p w14:paraId="72F93169" w14:textId="77777777" w:rsidR="006E4A31" w:rsidRDefault="006E4A31" w:rsidP="00E33D30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73A94607" w14:textId="77777777" w:rsidR="00216C44" w:rsidRDefault="00216C44" w:rsidP="00E33D30">
+    <w:p w14:paraId="068BE9FB" w14:textId="77777777" w:rsidR="006E4A31" w:rsidRDefault="006E4A31" w:rsidP="00E33D30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
@@ -1902,86 +2107,143 @@
       <w:t>|</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN </w:t>
     </w:r>
     <w:r w:rsidRPr="00AE6F0F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2179-4510</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C13A6B0" w14:textId="77777777" w:rsidR="00216C44" w:rsidRDefault="00216C44" w:rsidP="00E33D30">
+    <w:p w14:paraId="04D9A504" w14:textId="77777777" w:rsidR="006E4A31" w:rsidRDefault="006E4A31" w:rsidP="00E33D30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63CFD876" w14:textId="77777777" w:rsidR="00216C44" w:rsidRDefault="00216C44" w:rsidP="00E33D30">
+    <w:p w14:paraId="7F3D596F" w14:textId="77777777" w:rsidR="006E4A31" w:rsidRDefault="006E4A31" w:rsidP="00E33D30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="54B1194A" w14:textId="43E1FA5B" w:rsidR="004A5C03" w:rsidRPr="004A5C03" w:rsidRDefault="004A5C03" w:rsidP="004A5C03">
+  <w:p w14:paraId="54B1194A" w14:textId="185845FD" w:rsidR="004A5C03" w:rsidRPr="004A5C03" w:rsidRDefault="00623647" w:rsidP="004A5C03">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:rFonts w:ascii="Algerian" w:hAnsi="Algerian"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="004A5C03">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Algerian" w:hAnsi="Algerian"/>
+        <w:b/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>REG</w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B460ED8" wp14:editId="3FF03A92">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-1379220</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>22225</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="8541663" cy="752296"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="1305497966" name="Imagem 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="654529528" name="Imagem 654529528"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="8541663" cy="752296"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="0E8A0B91" w14:textId="77777777" w:rsidR="004A5C03" w:rsidRDefault="004A5C03">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E18443F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="353A3C42"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2048,142 +2310,148 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1572736754">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC49B2"/>
     <w:rsid w:val="00051504"/>
     <w:rsid w:val="00094AE0"/>
     <w:rsid w:val="000961C9"/>
     <w:rsid w:val="000F0B1E"/>
     <w:rsid w:val="00111CA8"/>
+    <w:rsid w:val="0012596E"/>
     <w:rsid w:val="001370C3"/>
     <w:rsid w:val="00145608"/>
     <w:rsid w:val="001463D2"/>
     <w:rsid w:val="00172305"/>
     <w:rsid w:val="00173401"/>
     <w:rsid w:val="001C2BFC"/>
+    <w:rsid w:val="001C7F68"/>
     <w:rsid w:val="00216C44"/>
     <w:rsid w:val="00285F95"/>
     <w:rsid w:val="002A059B"/>
     <w:rsid w:val="002C3EAB"/>
     <w:rsid w:val="00316B0A"/>
     <w:rsid w:val="0032419D"/>
     <w:rsid w:val="003454D3"/>
     <w:rsid w:val="00372C29"/>
     <w:rsid w:val="003822D6"/>
     <w:rsid w:val="0038575D"/>
     <w:rsid w:val="003C1EDC"/>
     <w:rsid w:val="0040369E"/>
     <w:rsid w:val="004625AA"/>
     <w:rsid w:val="004A43C9"/>
     <w:rsid w:val="004A5C03"/>
     <w:rsid w:val="004D7920"/>
     <w:rsid w:val="004E560F"/>
     <w:rsid w:val="00525CC4"/>
     <w:rsid w:val="00554ED6"/>
     <w:rsid w:val="005A379A"/>
     <w:rsid w:val="005D3A43"/>
+    <w:rsid w:val="00623647"/>
     <w:rsid w:val="006D2EBB"/>
+    <w:rsid w:val="006E4A31"/>
     <w:rsid w:val="006F43AC"/>
     <w:rsid w:val="007657A9"/>
     <w:rsid w:val="00775168"/>
     <w:rsid w:val="00781226"/>
     <w:rsid w:val="007F5331"/>
     <w:rsid w:val="00837850"/>
     <w:rsid w:val="00900DFD"/>
     <w:rsid w:val="00962EA0"/>
     <w:rsid w:val="00965E65"/>
     <w:rsid w:val="009704C7"/>
     <w:rsid w:val="009C49BD"/>
     <w:rsid w:val="009D3370"/>
     <w:rsid w:val="00A81B87"/>
     <w:rsid w:val="00A956D6"/>
     <w:rsid w:val="00AC6116"/>
     <w:rsid w:val="00AE6F0F"/>
     <w:rsid w:val="00B00D52"/>
     <w:rsid w:val="00B01905"/>
     <w:rsid w:val="00B272DE"/>
     <w:rsid w:val="00B41326"/>
     <w:rsid w:val="00BC49B2"/>
+    <w:rsid w:val="00BD3E92"/>
     <w:rsid w:val="00C116F3"/>
     <w:rsid w:val="00C12D8B"/>
     <w:rsid w:val="00C22974"/>
     <w:rsid w:val="00C65784"/>
     <w:rsid w:val="00CA301E"/>
     <w:rsid w:val="00D152B0"/>
     <w:rsid w:val="00D467C0"/>
     <w:rsid w:val="00D50D4A"/>
     <w:rsid w:val="00DA3864"/>
     <w:rsid w:val="00DB3C2D"/>
     <w:rsid w:val="00DD0C01"/>
     <w:rsid w:val="00E33D30"/>
     <w:rsid w:val="00E42C13"/>
+    <w:rsid w:val="00E728AA"/>
     <w:rsid w:val="00EB421B"/>
     <w:rsid w:val="00F17F9B"/>
     <w:rsid w:val="00F373CA"/>
     <w:rsid w:val="00F41A2E"/>
     <w:rsid w:val="00F947F4"/>
     <w:rsid w:val="00FC141E"/>
     <w:rsid w:val="00FC53C1"/>
     <w:rsid w:val="00FC5565"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -3168,50 +3436,54 @@
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
@@ -3465,72 +3737,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>244</Words>
-  <Characters>1318</Characters>
+  <Words>270</Words>
+  <Characters>1459</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1559</CharactersWithSpaces>
+  <CharactersWithSpaces>1726</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alison Nascimento Teixeira</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>